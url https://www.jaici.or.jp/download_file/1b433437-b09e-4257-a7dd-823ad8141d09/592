--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="49D681FD" w14:textId="441E0409" w:rsidR="00B1557D" w:rsidRDefault="0058164A" w:rsidP="00B86E29">
       <w:pPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E8D9F17" wp14:editId="7F639360">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4330425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1270</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2404962" cy="283049"/>
                 <wp:effectExtent l="0" t="0" r="14605" b="22225"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="グループ化 13"/>
                 <wp:cNvGraphicFramePr/>
@@ -1435,145 +1435,145 @@
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>囲んでください）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8295" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B42FCB8" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="00A0148A">
+          <w:p w14:paraId="1B42FCB8" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="00A0148A">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1552798423"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00496E6D">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00353123">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">特許調査（ 先行技術・侵害予防・無効資料・技術動向 ）　　 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73E5DB9C" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="00897852">
+          <w:p w14:paraId="73E5DB9C" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="00897852">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1217039565"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00496E6D">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00353123">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>文献調査</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5426D56C" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="00897852">
+          <w:p w14:paraId="5426D56C" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="00897852">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1077788109"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A651E6">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
@@ -1591,51 +1591,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>物質関連調査</w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="00BA4D19">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> （ 配列・構造検索・その他 ）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70D683D9" w14:textId="77777777" w:rsidR="00031611" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="00897852">
+          <w:p w14:paraId="70D683D9" w14:textId="77777777" w:rsidR="00031611" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="00897852">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1994094285"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A651E6">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
@@ -1809,62 +1809,62 @@
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>、</w:t>
             </w:r>
             <w:r w:rsidR="00353123">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>以下のサイトよりお申込み下さい</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C492754" w14:textId="1FF0E40D" w:rsidR="00BC55FF" w:rsidRPr="00BC55FF" w:rsidRDefault="007E2188" w:rsidP="14491149">
+          <w:p w14:paraId="6C492754" w14:textId="1FF0E40D" w:rsidR="00BC55FF" w:rsidRPr="00BC55FF" w:rsidRDefault="00BC55FF" w:rsidP="14491149">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:leftChars="42" w:left="88"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
-              <w:r w:rsidR="00BC55FF" w:rsidRPr="14491149">
+              <w:r w:rsidRPr="14491149">
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>https://www.jaici.or.jp/cas-custom-services/cas-registry-services/cas-registry-lookup/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00353123" w:rsidRPr="00B1557D" w14:paraId="206F8927" w14:textId="77777777" w:rsidTr="1115F85F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1260"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
           <w:p w14:paraId="5C9FA7DF" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00353123" w:rsidP="00A05341">
@@ -1941,51 +1941,51 @@
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC73B5">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>上記で「特許調査」をお選びになった場合にご記入ください</w:t>
             </w:r>
             <w:r w:rsidR="00DF4D18">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E06C747" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="005D3B44">
+          <w:p w14:paraId="7E06C747" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="005D3B44">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-57174550"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D3B44">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
@@ -2016,51 +2016,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>・</w:t>
             </w:r>
             <w:r w:rsidR="00353123">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>文献　）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6517F24A" w14:textId="73156A65" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="005D3B44">
+          <w:p w14:paraId="6517F24A" w14:textId="73156A65" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="005D3B44">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="402180383"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D3B44">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
@@ -2084,51 +2084,51 @@
               </w:rPr>
               <w:t>対象国（　日本・米国・欧州・</w:t>
             </w:r>
             <w:r w:rsidR="00635306">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>中国・</w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">WO・その他 (　　     　　　)・特に限定なし </w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62B6F8B1" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="00B2001A" w:rsidRDefault="007E2188" w:rsidP="005D3B44">
+          <w:p w14:paraId="62B6F8B1" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="00B2001A" w:rsidRDefault="00622334" w:rsidP="005D3B44">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-537197391"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D3B44">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
@@ -2609,51 +2609,51 @@
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>添付資料</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8295" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16BCA055" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="005C6765">
+          <w:p w14:paraId="16BCA055" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="005C6765">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-898816908"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A651E6">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -2742,51 +2742,51 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ご希望納期</w:t>
             </w:r>
             <w:r w:rsidRPr="009A31D5">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
               </w:rPr>
               <w:t>※</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8295" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E37E8F" w14:textId="349C2700" w:rsidR="00575671" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="009A31D5">
+          <w:p w14:paraId="32E37E8F" w14:textId="349C2700" w:rsidR="00575671" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="009A31D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="36713608"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F754C">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -2916,51 +2916,51 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>報告書ご希望納期</w:t>
             </w:r>
             <w:r w:rsidRPr="009A31D5">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
               </w:rPr>
               <w:t>※</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8295" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E84E70E" w14:textId="148AA2FD" w:rsidR="009A31D5" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="0080476D">
+          <w:p w14:paraId="0E84E70E" w14:textId="148AA2FD" w:rsidR="009A31D5" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="0080476D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-87394687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F754C">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -3073,51 +3073,51 @@
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ご予算</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8295" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0794BCB1" w14:textId="0F58700C" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="005C284D">
+          <w:p w14:paraId="0794BCB1" w14:textId="0F58700C" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="005C284D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1746915946"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002F754C">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -3208,146 +3208,113 @@
             </w:r>
             <w:r w:rsidR="00353123">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>特に決めていない</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00353123" w:rsidRPr="00B1557D" w14:paraId="53C5FCD6" w14:textId="77777777" w:rsidTr="1115F85F">
         <w:trPr>
           <w:trHeight w:val="425"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53EC5883" w14:textId="3C97593A" w:rsidR="00353123" w:rsidRPr="00AC64D2" w:rsidRDefault="00DF4D18" w:rsidP="00631754">
+          <w:p w14:paraId="53EC5883" w14:textId="5B9CE6F1" w:rsidR="00353123" w:rsidRPr="00AC64D2" w:rsidRDefault="009C33EF" w:rsidP="00631754">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC64D2">
+            <w:r w:rsidRPr="009C33EF">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAS </w:t>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
+              <w:t>CAS IP Finder, powered by STN™</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC64D2" w:rsidRPr="009C33EF">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>®</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC64D2">
+            <w:r w:rsidR="00DF4D18" w:rsidRPr="00AC64D2">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>ご契約</w:t>
             </w:r>
             <w:r w:rsidR="00353123" w:rsidRPr="00AC64D2">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>状況</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8295" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0C8138" w14:textId="7EE9101A" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="005C6765">
+          <w:p w14:paraId="2D0C8138" w14:textId="7EE9101A" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="005C6765">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1679926924"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D3B44">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -3846,51 +3813,51 @@
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00366734">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>初めてご依頼の方は</w:t>
             </w:r>
             <w:r w:rsidR="00287348">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>アンケートにご協力ください</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BD8E148" w14:textId="475E6EA8" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="005C6765">
+          <w:p w14:paraId="2BD8E148" w14:textId="475E6EA8" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="005C6765">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2147270940"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B16EC">
                   <w:rPr>
@@ -4032,51 +3999,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005D3B44">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="ＭＳ ゴシック" w:cs="メイリオ" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00353123" w:rsidRPr="005C6765">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A04B4">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>弊協会他部署の紹介</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A475768" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="007E2188" w:rsidP="001A04B4">
+          <w:p w14:paraId="3A475768" w14:textId="77777777" w:rsidR="00353123" w:rsidRPr="005C6765" w:rsidRDefault="00622334" w:rsidP="001A04B4">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:cs="メイリオ" w:hint="eastAsia"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-83458945"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="ＭＳ Ｐゴシック"/>
                   <w14:uncheckedState w14:val="2610" w14:font="ＭＳ ゴシック"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4694,51 +4661,51 @@
                             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:effectLst>
                                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                   <a:srgbClr val="868686"/>
                                 </a:outerShdw>
                               </a:effectLst>
                             </a14:hiddenEffects>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="74295" tIns="8890" rIns="74295" bIns="8890" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+          <mc:Fallback xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <w:pict>
               <v:rect id="Rectangle 60" style="position:absolute;left:0;text-align:left;margin-left:-.3pt;margin-top:13.35pt;width:525.4pt;height:69.4pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" strokecolor="#a5a5a5" strokeweight="5pt" w14:anchorId="0C039895" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQmWr1HgIAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJl9Q14hRBug4D&#10;ugvQ7gMUWbaFyqJGKXG6rx8lJ2m2vQ1LAIEypUPynKPl7aE3bK/Qa7AVn05yzpSVUGvbVvz70/27&#10;gjMfhK2FAasq/qI8v129fbMcXKlm0IGpFTICsb4cXMW7EFyZZV52qhd+Ak5ZSjaAvQi0xTarUQyE&#10;3ptslueLbACsHYJU3tPXuzHJVwm/aZQMX5vGq8BMxam3kFZM6zau2WopyhaF67Q8tiH+oYteaEtF&#10;z1B3Igi2Q/0XVK8lgocmTCT0GTSNlirNQNNM8z+meeyEU2kWIse7M03+/8HKL/tH9w1j6949gHz2&#10;zMKmE7ZVa0QYOiVqKjeNRGWD8+X5Qtx4usq2w2eoSVqxC5A4ODTYR0Cajh0S1S9nqtUhMEkfF4vr&#10;2bwgRSTlimJ6RXEsIcrTbYc+fFTQsxhUHEnKhC72Dz6MR09HYjEL99qYJKexbKAKV/M84veurngg&#10;eZ+fOhKJCdOSU2XAhObB6DreTAxgu90YZHtBblnP4//Y1G/Heh3Is0b31Hkef6OLIlUfbJ1aCEKb&#10;MaaJjI3gKrnx2PuJvOhTX26hfiEiEUZ70nOioAP8ydlA1qy4/7ETqDgznyyJcf1+djMnL6dNUdzQ&#10;lHiZ2F4khJUERATQ4CnchNH9O4e67ajONPFgYU3yNTox+9rTUXQyX9Lm+FCiuy/36dTrc179AgAA&#10;//8DAFBLAwQUAAYACAAAACEAUMqjMt4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF&#10;7yb+h82YeGsXScCKLE1DYqKHHkQvvS3sFEjZWcIuBf+905PeZvJe3vtevl/tIK44+d6RgqdtBAKp&#10;caanVsH319tmB8IHTUYPjlDBD3rYF/d3uc6MW+gTr1VoBYeQz7SCLoQxk9I3HVrtt25EYu3sJqsD&#10;v1MrzaQXDreDjKMolVb3xA2dHrHssLlUs+WS01gfdh9H+9KcltJ4X87H90qpx4f18Aoi4Br+zHDD&#10;Z3QomKl2MxkvBgWblI0K4vQZxE2OkigGUfOVJgnIIpf/FxS/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANCZavUeAgAAFgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFDKozLeAAAACQEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
                 <v:stroke linestyle="thickThin"/>
                 <v:shadow color="#868686"/>
                 <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0058164A">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70426929" wp14:editId="072CA488">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3314065</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -5423,70 +5390,70 @@
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008F4687" w:rsidRPr="008F4687" w:rsidSect="00856393">
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="680" w:bottom="851" w:left="680" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="290"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BB52620" w14:textId="77777777" w:rsidR="00856393" w:rsidRDefault="00856393">
+    <w:p w14:paraId="6C17CDE8" w14:textId="77777777" w:rsidR="00F10C17" w:rsidRDefault="00F10C17">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="047CEE5E" w14:textId="77777777" w:rsidR="00856393" w:rsidRDefault="00856393">
+    <w:p w14:paraId="727E7F20" w14:textId="77777777" w:rsidR="00F10C17" w:rsidRDefault="00F10C17">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
@@ -5505,107 +5472,107 @@
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="メイリオ">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FFFF" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25C9ED1C" w14:textId="77777777" w:rsidR="002A610D" w:rsidRDefault="002A610D">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4E9A0C36" w14:textId="77777777" w:rsidR="002A610D" w:rsidRDefault="002A610D">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BD84B65" w14:textId="77777777" w:rsidR="00856393" w:rsidRDefault="00856393">
+    <w:p w14:paraId="79BA53CD" w14:textId="77777777" w:rsidR="00F10C17" w:rsidRDefault="00F10C17">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F9A62E9" w14:textId="77777777" w:rsidR="00856393" w:rsidRDefault="00856393">
+    <w:p w14:paraId="059A70CE" w14:textId="77777777" w:rsidR="00F10C17" w:rsidRDefault="00F10C17">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12C94AEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E0EEF9E"/>
     <w:lvl w:ilvl="0" w:tplc="9586B040">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="aiueoFullWidth"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
@@ -6909,52 +6876,52 @@
   <w:num w:numId="6" w16cid:durableId="1279876067">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="296569812">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1193033863">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1537619472">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1854758454">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1487086313">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="28147528">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="230"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="210"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:drawingGridVerticalSpacing w:val="145"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
       <o:colormru v:ext="edit" colors="#b6b6b6"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -6980,121 +6947,124 @@
     <w:rsid w:val="00027C95"/>
     <w:rsid w:val="00031611"/>
     <w:rsid w:val="00061D51"/>
     <w:rsid w:val="00062726"/>
     <w:rsid w:val="00075B7C"/>
     <w:rsid w:val="00091E50"/>
     <w:rsid w:val="00094A42"/>
     <w:rsid w:val="000A22B8"/>
     <w:rsid w:val="000A6674"/>
     <w:rsid w:val="000B4E62"/>
     <w:rsid w:val="000D37F9"/>
     <w:rsid w:val="000D7D64"/>
     <w:rsid w:val="000E0671"/>
     <w:rsid w:val="000F398E"/>
     <w:rsid w:val="000F442C"/>
     <w:rsid w:val="000F4C3F"/>
     <w:rsid w:val="001253EF"/>
     <w:rsid w:val="0015358B"/>
     <w:rsid w:val="00155AE5"/>
     <w:rsid w:val="00171CD8"/>
     <w:rsid w:val="001752FC"/>
     <w:rsid w:val="001757D7"/>
     <w:rsid w:val="00186029"/>
     <w:rsid w:val="001A04B4"/>
     <w:rsid w:val="001D1BFB"/>
+    <w:rsid w:val="001D4B66"/>
     <w:rsid w:val="001E69C7"/>
     <w:rsid w:val="001F5010"/>
     <w:rsid w:val="00201A54"/>
     <w:rsid w:val="002046C4"/>
     <w:rsid w:val="00214F48"/>
     <w:rsid w:val="00220B3E"/>
     <w:rsid w:val="00221DAF"/>
     <w:rsid w:val="002306E1"/>
     <w:rsid w:val="002326DC"/>
     <w:rsid w:val="002352A2"/>
     <w:rsid w:val="0025684A"/>
     <w:rsid w:val="002718A8"/>
     <w:rsid w:val="00287348"/>
     <w:rsid w:val="00295936"/>
     <w:rsid w:val="002A610D"/>
     <w:rsid w:val="002B32BD"/>
     <w:rsid w:val="002B36FF"/>
     <w:rsid w:val="002C1678"/>
     <w:rsid w:val="002D2ACC"/>
     <w:rsid w:val="002D4487"/>
     <w:rsid w:val="002D56A1"/>
     <w:rsid w:val="002E5AE8"/>
     <w:rsid w:val="002E5AFA"/>
     <w:rsid w:val="002F20B6"/>
     <w:rsid w:val="002F754C"/>
     <w:rsid w:val="0030252A"/>
     <w:rsid w:val="00307B0C"/>
     <w:rsid w:val="00311DE1"/>
     <w:rsid w:val="00315F68"/>
     <w:rsid w:val="0032132D"/>
     <w:rsid w:val="00326F8D"/>
     <w:rsid w:val="00330D0B"/>
     <w:rsid w:val="003316C2"/>
     <w:rsid w:val="003474A7"/>
     <w:rsid w:val="00353123"/>
     <w:rsid w:val="00363C95"/>
     <w:rsid w:val="00364FC1"/>
     <w:rsid w:val="0036528D"/>
     <w:rsid w:val="00366734"/>
     <w:rsid w:val="003807F6"/>
     <w:rsid w:val="00381828"/>
     <w:rsid w:val="003855D9"/>
     <w:rsid w:val="003A3FED"/>
     <w:rsid w:val="003B6FA5"/>
     <w:rsid w:val="003C5657"/>
     <w:rsid w:val="003C6F86"/>
     <w:rsid w:val="003E2351"/>
+    <w:rsid w:val="003F3763"/>
     <w:rsid w:val="00401751"/>
     <w:rsid w:val="00402429"/>
     <w:rsid w:val="00403E80"/>
     <w:rsid w:val="004069E2"/>
     <w:rsid w:val="00415F26"/>
     <w:rsid w:val="00416EA3"/>
     <w:rsid w:val="0042036C"/>
     <w:rsid w:val="00435605"/>
     <w:rsid w:val="004369B3"/>
     <w:rsid w:val="0044170D"/>
     <w:rsid w:val="00461EA6"/>
     <w:rsid w:val="00465000"/>
     <w:rsid w:val="004661BC"/>
     <w:rsid w:val="004702E2"/>
     <w:rsid w:val="004767E3"/>
     <w:rsid w:val="00487C31"/>
     <w:rsid w:val="0049145C"/>
     <w:rsid w:val="00491671"/>
     <w:rsid w:val="00496E6D"/>
     <w:rsid w:val="004A56C6"/>
     <w:rsid w:val="004A6150"/>
     <w:rsid w:val="004B013A"/>
     <w:rsid w:val="004C7AD5"/>
     <w:rsid w:val="004D090A"/>
+    <w:rsid w:val="004E1587"/>
     <w:rsid w:val="004F2549"/>
     <w:rsid w:val="005006F6"/>
     <w:rsid w:val="00505E13"/>
     <w:rsid w:val="00510B0B"/>
     <w:rsid w:val="00511BD6"/>
     <w:rsid w:val="005326C1"/>
     <w:rsid w:val="0054204D"/>
     <w:rsid w:val="00552CB8"/>
     <w:rsid w:val="005536A6"/>
     <w:rsid w:val="00560D2D"/>
     <w:rsid w:val="0056422D"/>
     <w:rsid w:val="00570AB2"/>
     <w:rsid w:val="00575671"/>
     <w:rsid w:val="005813FF"/>
     <w:rsid w:val="0058164A"/>
     <w:rsid w:val="00590222"/>
     <w:rsid w:val="005A421E"/>
     <w:rsid w:val="005A4B62"/>
     <w:rsid w:val="005A58E6"/>
     <w:rsid w:val="005B338A"/>
     <w:rsid w:val="005C284D"/>
     <w:rsid w:val="005C6765"/>
     <w:rsid w:val="005D25D2"/>
     <w:rsid w:val="005D3B44"/>
     <w:rsid w:val="005E19CC"/>
@@ -7139,50 +7109,51 @@
     <w:rsid w:val="00862B95"/>
     <w:rsid w:val="0086357B"/>
     <w:rsid w:val="00885A13"/>
     <w:rsid w:val="00897852"/>
     <w:rsid w:val="008A3CCB"/>
     <w:rsid w:val="008B3F30"/>
     <w:rsid w:val="008C297D"/>
     <w:rsid w:val="008D619C"/>
     <w:rsid w:val="008E5013"/>
     <w:rsid w:val="008F4687"/>
     <w:rsid w:val="008F5373"/>
     <w:rsid w:val="008F71A3"/>
     <w:rsid w:val="00902F5C"/>
     <w:rsid w:val="0090598A"/>
     <w:rsid w:val="00915772"/>
     <w:rsid w:val="00925EF7"/>
     <w:rsid w:val="00934907"/>
     <w:rsid w:val="009555EE"/>
     <w:rsid w:val="0096035C"/>
     <w:rsid w:val="009620D5"/>
     <w:rsid w:val="0096225D"/>
     <w:rsid w:val="009841EA"/>
     <w:rsid w:val="00994F8F"/>
     <w:rsid w:val="009A31D5"/>
     <w:rsid w:val="009B4031"/>
+    <w:rsid w:val="009C33EF"/>
     <w:rsid w:val="009E7BE5"/>
     <w:rsid w:val="009F492A"/>
     <w:rsid w:val="009F4F23"/>
     <w:rsid w:val="00A0148A"/>
     <w:rsid w:val="00A05341"/>
     <w:rsid w:val="00A06504"/>
     <w:rsid w:val="00A1695C"/>
     <w:rsid w:val="00A258E5"/>
     <w:rsid w:val="00A2648D"/>
     <w:rsid w:val="00A27425"/>
     <w:rsid w:val="00A27EE0"/>
     <w:rsid w:val="00A44B18"/>
     <w:rsid w:val="00A4667A"/>
     <w:rsid w:val="00A51EC4"/>
     <w:rsid w:val="00A622EB"/>
     <w:rsid w:val="00A651E6"/>
     <w:rsid w:val="00A653B8"/>
     <w:rsid w:val="00A73DB2"/>
     <w:rsid w:val="00A76BBC"/>
     <w:rsid w:val="00A82882"/>
     <w:rsid w:val="00A87163"/>
     <w:rsid w:val="00AB0077"/>
     <w:rsid w:val="00AB42BB"/>
     <w:rsid w:val="00AB570A"/>
     <w:rsid w:val="00AB779B"/>
@@ -7204,148 +7175,152 @@
     <w:rsid w:val="00B8314F"/>
     <w:rsid w:val="00B86E29"/>
     <w:rsid w:val="00B91C92"/>
     <w:rsid w:val="00B92554"/>
     <w:rsid w:val="00B96B38"/>
     <w:rsid w:val="00BA23A8"/>
     <w:rsid w:val="00BA4D19"/>
     <w:rsid w:val="00BB1E7D"/>
     <w:rsid w:val="00BB40B3"/>
     <w:rsid w:val="00BC55FF"/>
     <w:rsid w:val="00BD65EA"/>
     <w:rsid w:val="00C01037"/>
     <w:rsid w:val="00C032B2"/>
     <w:rsid w:val="00C071A4"/>
     <w:rsid w:val="00C26FE8"/>
     <w:rsid w:val="00C31DE9"/>
     <w:rsid w:val="00C4022F"/>
     <w:rsid w:val="00C43757"/>
     <w:rsid w:val="00C815CB"/>
     <w:rsid w:val="00C81708"/>
     <w:rsid w:val="00C85098"/>
     <w:rsid w:val="00C925A1"/>
     <w:rsid w:val="00CC73B5"/>
     <w:rsid w:val="00CF3F4B"/>
     <w:rsid w:val="00D15208"/>
+    <w:rsid w:val="00D5049C"/>
     <w:rsid w:val="00D65673"/>
     <w:rsid w:val="00D70E42"/>
     <w:rsid w:val="00D77DF2"/>
     <w:rsid w:val="00D863E2"/>
     <w:rsid w:val="00D91995"/>
     <w:rsid w:val="00D94173"/>
     <w:rsid w:val="00DA4D40"/>
     <w:rsid w:val="00DB4562"/>
     <w:rsid w:val="00DB535E"/>
     <w:rsid w:val="00DD119D"/>
     <w:rsid w:val="00DE1EB4"/>
     <w:rsid w:val="00DE2964"/>
     <w:rsid w:val="00DE44CE"/>
     <w:rsid w:val="00DF4D18"/>
     <w:rsid w:val="00DF674F"/>
     <w:rsid w:val="00E07772"/>
     <w:rsid w:val="00E10166"/>
     <w:rsid w:val="00E1418C"/>
     <w:rsid w:val="00E1681D"/>
     <w:rsid w:val="00E23F03"/>
     <w:rsid w:val="00E279CF"/>
     <w:rsid w:val="00E404A6"/>
     <w:rsid w:val="00E74D1E"/>
     <w:rsid w:val="00E83F8B"/>
     <w:rsid w:val="00E93C8C"/>
     <w:rsid w:val="00E95A40"/>
     <w:rsid w:val="00E96CC6"/>
     <w:rsid w:val="00E97CE9"/>
     <w:rsid w:val="00EA6A2D"/>
     <w:rsid w:val="00EB21F3"/>
     <w:rsid w:val="00EC14B4"/>
     <w:rsid w:val="00EE5180"/>
+    <w:rsid w:val="00F107DE"/>
+    <w:rsid w:val="00F10C17"/>
     <w:rsid w:val="00F2036A"/>
     <w:rsid w:val="00F3108D"/>
     <w:rsid w:val="00F36E33"/>
     <w:rsid w:val="00F646ED"/>
     <w:rsid w:val="00F66CA5"/>
     <w:rsid w:val="00F70750"/>
     <w:rsid w:val="00F7299B"/>
     <w:rsid w:val="00F75ADC"/>
     <w:rsid w:val="00F77FBF"/>
     <w:rsid w:val="00F83CEA"/>
     <w:rsid w:val="00F918C0"/>
     <w:rsid w:val="00F937EB"/>
     <w:rsid w:val="00FB4112"/>
     <w:rsid w:val="00FB662F"/>
     <w:rsid w:val="00FC7BAC"/>
+    <w:rsid w:val="00FE0882"/>
     <w:rsid w:val="00FE3843"/>
     <w:rsid w:val="00FE7F10"/>
     <w:rsid w:val="00FF030B"/>
     <w:rsid w:val="00FF6BAA"/>
     <w:rsid w:val="0A9C654A"/>
     <w:rsid w:val="0AE73884"/>
     <w:rsid w:val="1115F85F"/>
     <w:rsid w:val="14491149"/>
     <w:rsid w:val="19B53E72"/>
     <w:rsid w:val="21525D96"/>
     <w:rsid w:val="33AFA991"/>
     <w:rsid w:val="33DF67D3"/>
     <w:rsid w:val="3C8A1DA3"/>
     <w:rsid w:val="425E9E06"/>
     <w:rsid w:val="48FD5125"/>
     <w:rsid w:val="7DF1691B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
       <o:colormru v:ext="edit" colors="#b6b6b6"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="300B5816"/>
   <w15:docId w15:val="{4D27DB05-A42F-450F-BF6A-A5522B0C14FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7844,51 +7819,51 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A76BBC"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ac">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00885A13"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1242181496">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jaici.or.jp/cas-custom-services/cas-registry-services/cas-registry-lookup/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ships@jaici.or.jp" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ships@jaici.or.jp" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ships@jaici.or.jp" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ships@jaici.or.jp" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
@@ -8181,101 +8156,182 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...11 lines deleted...]
-    <xsd:import namespace="1057317b-9135-4a68-a8c2-cba2f5956b90"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100FBE214591F796C44BB0D143472EF5DE7" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="0bd2be0d085ffed5e1eddc8eac5da205">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="787d7a92-1713-4781-81fd-8380be07d888" xmlns:ns3="63324314-2544-4f11-9385-63346a52d4ec" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="40e3ec8b94c8b1ac39cd85a248e12c38" ns2:_="" ns3:_="">
+    <xsd:import namespace="787d7a92-1713-4781-81fd-8380be07d888"/>
+    <xsd:import namespace="63324314-2544-4f11-9385-63346a52d4ec"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1057317b-9135-4a68-a8c2-cba2f5956b90" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="787d7a92-1713-4781-81fd-8380be07d888" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="画像タグ" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8eb19d54-bf6c-4293-8d0b-d850601d2acc" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="63324314-2544-4f11-9385-63346a52d4ec" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{27c1a760-6add-4d8d-896f-53f74824b3bc}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="63324314-2544-4f11-9385-63346a52d4ec">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="共有相手" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="共有相手の詳細情報" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -8334,121 +8390,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="787d7a92-1713-4781-81fd-8380be07d888">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="63324314-2544-4f11-9385-63346a52d4ec" xsi:nil="true"/>
+    <SharedWithUsers xmlns="63324314-2544-4f11-9385-63346a52d4ec">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0882D0B-EE15-4229-8232-C66878CA439C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C481F8B-8999-43EA-A5B5-F9DDD03B195C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A51B5-73E7-4ED3-8EA2-C0716A6C809D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="787d7a92-1713-4781-81fd-8380be07d888"/>
+    <ds:schemaRef ds:uri="63324314-2544-4f11-9385-63346a52d4ec"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C44330F-FAD7-48EE-8038-9CBCA95974E0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="787d7a92-1713-4781-81fd-8380be07d888"/>
     <ds:schemaRef ds:uri="63324314-2544-4f11-9385-63346a52d4ec"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F6AC21B-ACA6-486F-884A-1E4C8BD114EE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C481F8B-8999-43EA-A5B5-F9DDD03B195C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ee23d915-d86f-4dce-a4a3-53db358cdd51}" enabled="0" method="" siteId="{ee23d915-d86f-4dce-a4a3-53db358cdd51}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>646</Words>
-  <Characters>570</Characters>
+  <Words>650</Words>
+  <Characters>785</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>（社）化学情報協会</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1214</CharactersWithSpaces>
+  <CharactersWithSpaces>983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>smiyazaki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100E130B5D1C1EC0D48A271E1CC22184C82</vt:lpwstr>
+    <vt:lpwstr>0x010100FBE214591F796C44BB0D143472EF5DE7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>209000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>